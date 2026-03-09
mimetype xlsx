--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -12,323 +12,266 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>일자</t>
   </si>
   <si>
     <t>기준가격(원)</t>
   </si>
   <si>
     <t>시장가격(원)</t>
   </si>
   <si>
     <t>과표기준가(원)</t>
   </si>
   <si>
     <t>등락률(%)</t>
   </si>
   <si>
     <t>종가(원)</t>
   </si>
   <si>
-    <t>2026.01.22</t>
-[...14 lines deleted...]
-    <t>11,778.44</t>
+    <t>2026.03.09</t>
+  </si>
+  <si>
+    <t>11,562.38</t>
+  </si>
+  <si>
+    <t>11,380.00</t>
+  </si>
+  <si>
+    <t>11,564.58</t>
+  </si>
+  <si>
+    <t>2026.03.06</t>
+  </si>
+  <si>
+    <t>11,756.33</t>
+  </si>
+  <si>
+    <t>11,775.00</t>
+  </si>
+  <si>
+    <t>11,757.11</t>
+  </si>
+  <si>
+    <t>2026.03.05</t>
+  </si>
+  <si>
+    <t>11,856.84</t>
+  </si>
+  <si>
+    <t>11,835.00</t>
+  </si>
+  <si>
+    <t>11,857.25</t>
+  </si>
+  <si>
+    <t>2026.03.04</t>
+  </si>
+  <si>
+    <t>11,796.27</t>
+  </si>
+  <si>
+    <t>11,705.00</t>
+  </si>
+  <si>
+    <t>11,797.91</t>
+  </si>
+  <si>
+    <t>2026.03.03</t>
+  </si>
+  <si>
+    <t>12,015.78</t>
+  </si>
+  <si>
+    <t>11,825.00</t>
+  </si>
+  <si>
+    <t>12,017.56</t>
+  </si>
+  <si>
+    <t>2026.02.27</t>
+  </si>
+  <si>
+    <t>11,897.34</t>
+  </si>
+  <si>
+    <t>11,820.00</t>
+  </si>
+  <si>
+    <t>11,897.32</t>
+  </si>
+  <si>
+    <t>2026.02.26</t>
+  </si>
+  <si>
+    <t>11,979.32</t>
+  </si>
+  <si>
+    <t>11,935.00</t>
+  </si>
+  <si>
+    <t>11,979.30</t>
+  </si>
+  <si>
+    <t>2026.02.25</t>
+  </si>
+  <si>
+    <t>11,890.64</t>
+  </si>
+  <si>
+    <t>11,870.00</t>
+  </si>
+  <si>
+    <t>11,891.45</t>
+  </si>
+  <si>
+    <t>2026.02.24</t>
+  </si>
+  <si>
+    <t>11,893.12</t>
+  </si>
+  <si>
+    <t>11,850.00</t>
+  </si>
+  <si>
+    <t>11,894.09</t>
+  </si>
+  <si>
+    <t>2026.02.23</t>
+  </si>
+  <si>
+    <t>11,862.59</t>
+  </si>
+  <si>
+    <t>11,750.00</t>
+  </si>
+  <si>
+    <t>11,863.71</t>
+  </si>
+  <si>
+    <t>2026.02.20</t>
+  </si>
+  <si>
+    <t>11,818.36</t>
+  </si>
+  <si>
+    <t>11,818.80</t>
+  </si>
+  <si>
+    <t>2026.02.19</t>
+  </si>
+  <si>
+    <t>11,789.10</t>
   </si>
   <si>
     <t>11,785.00</t>
   </si>
   <si>
-    <t>11,779.21</t>
-[...5 lines deleted...]
-    <t>11,884.34</t>
+    <t>11,789.44</t>
+  </si>
+  <si>
+    <t>2026.02.13</t>
+  </si>
+  <si>
+    <t>11,738.15</t>
+  </si>
+  <si>
+    <t>11,737.74</t>
+  </si>
+  <si>
+    <t>2026.02.12</t>
+  </si>
+  <si>
+    <t>11,789.28</t>
+  </si>
+  <si>
+    <t>11,795.00</t>
+  </si>
+  <si>
+    <t>11,788.67</t>
+  </si>
+  <si>
+    <t>2026.02.11</t>
+  </si>
+  <si>
+    <t>11,736.98</t>
   </si>
   <si>
     <t>11,780.00</t>
   </si>
   <si>
-    <t>11,885.76</t>
-[...29 lines deleted...]
-    <t>11,788.65</t>
+    <t>11,737.81</t>
+  </si>
+  <si>
+    <t>2026.02.10</t>
+  </si>
+  <si>
+    <t>11,866.75</t>
+  </si>
+  <si>
+    <t>11,855.00</t>
+  </si>
+  <si>
+    <t>11,867.58</t>
+  </si>
+  <si>
+    <t>2026.02.09</t>
+  </si>
+  <si>
+    <t>11,791.60</t>
   </si>
   <si>
     <t>11,800.00</t>
   </si>
   <si>
-    <t>11,789.60</t>
-[...182 lines deleted...]
-    <t>11,609.93</t>
+    <t>11,792.49</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
@@ -668,54 +611,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F24"/>
+  <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:F24"/>
+      <selection activeCell="A1" sqref="A1:F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="1" ht="33">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1"/>
       <c r="F1" s="1" t="s">
@@ -724,480 +667,380 @@
     </row>
     <row r="2" spans="1:6" customHeight="1" ht="33">
       <c r="A2" s="1"/>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="1"/>
     </row>
     <row r="3" spans="1:6" customHeight="1" ht="30">
       <c r="A3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="2">
-        <v>0.82</v>
+        <v>-1.65</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="2">
-        <v>0.85</v>
+        <v>-3.35</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:6" customHeight="1" ht="30">
       <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="2">
-        <v>-0.89</v>
+        <v>-0.85</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="2">
-        <v>0.04</v>
+        <v>-0.51</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="30">
       <c r="A5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="2">
-        <v>0.14</v>
+        <v>0.51</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="2">
-        <v>-0.13</v>
+        <v>1.11</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="30">
       <c r="A6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="2">
-        <v>0.28</v>
+        <v>-1.83</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="2">
-        <v>-0.63</v>
+        <v>-1.01</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="30">
       <c r="A7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="2">
-        <v>0.39</v>
+        <v>1.0</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="2">
-        <v>0.59</v>
+        <v>0.04</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="30">
       <c r="A8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="2">
-        <v>-0.81</v>
+        <v>-0.68</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>-0.76</v>
+        <v>-0.96</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="30">
       <c r="A9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="2">
-        <v>0.52</v>
+        <v>0.75</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="2">
-        <v>0.59</v>
+        <v>0.55</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="30">
       <c r="A10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="2">
-        <v>0.59</v>
+        <v>-0.02</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E10" s="2">
-        <v>1.24</v>
+        <v>0.17</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="30">
       <c r="A11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="2">
-        <v>1.22</v>
+        <v>0.26</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E11" s="2">
-        <v>0.6</v>
+        <v>0.85</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="30">
       <c r="A12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="2">
-        <v>-0.41</v>
+        <v>0.37</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E12" s="2">
-        <v>0.0</v>
+        <v>-0.63</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="30">
       <c r="A13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C13" s="2">
-        <v>-0.05</v>
+        <v>0.25</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="E13" s="2">
-        <v>-0.43</v>
+        <v>0.34</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="30">
       <c r="A14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C14" s="2">
-        <v>1.05</v>
+        <v>0.43</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>51</v>
       </c>
       <c r="E14" s="2">
-        <v>0.78</v>
+        <v>0.68</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="30">
       <c r="A15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C15" s="2">
-        <v>0.27</v>
+        <v>-0.43</v>
       </c>
       <c r="D15" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" s="2">
+        <v>-0.76</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="30">
       <c r="A16" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="B16" s="2" t="s">
+      <c r="C16" s="2">
+        <v>0.45</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="C16" s="2">
-[...2 lines deleted...]
-      <c r="D16" s="2" t="s">
+      <c r="E16" s="2">
+        <v>0.13</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="30">
       <c r="A17" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B17" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="B17" s="2" t="s">
+      <c r="C17" s="2">
+        <v>-1.09</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="C17" s="2">
-[...2 lines deleted...]
-      <c r="D17" s="2" t="s">
+      <c r="E17" s="2">
+        <v>-0.63</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="30">
       <c r="A18" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="B18" s="2" t="s">
+      <c r="C18" s="2">
+        <v>0.64</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="C18" s="2">
-[...2 lines deleted...]
-      <c r="D18" s="2" t="s">
+      <c r="E18" s="2">
+        <v>0.47</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="30">
       <c r="A19" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="B19" s="2" t="s">
+      <c r="C19" s="2">
+        <v>1.33</v>
+      </c>
+      <c r="D19" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="C19" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="2">
-        <v>-0.22</v>
+        <v>1.33</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>71</v>
-      </c>
-[...98 lines deleted...]
-        <v>90</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="F1:F2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>