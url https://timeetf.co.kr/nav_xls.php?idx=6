--- v1 (2026-03-09)
+++ v2 (2026-03-09)
@@ -12,77 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>일자</t>
   </si>
   <si>
     <t>기준가격(원)</t>
   </si>
   <si>
     <t>시장가격(원)</t>
   </si>
   <si>
     <t>과표기준가(원)</t>
   </si>
   <si>
     <t>등락률(%)</t>
   </si>
   <si>
     <t>종가(원)</t>
   </si>
   <si>
     <t>2026.03.09</t>
   </si>
   <si>
-    <t>38,500.04</t>
+    <t>38,590.99</t>
   </si>
   <si>
     <t>37,690.00</t>
+  </si>
+  <si>
+    <t>34,043.34</t>
   </si>
   <si>
     <t>2026.03.06</t>
   </si>
   <si>
     <t>40,451.79</t>
   </si>
   <si>
     <t>40,660.00</t>
   </si>
   <si>
     <t>35,327.08</t>
   </si>
   <si>
     <t>2026.03.05</t>
   </si>
   <si>
     <t>41,204.41</t>
   </si>
   <si>
     <t>40,885.00</t>
   </si>
   <si>
     <t>36,224.88</t>
   </si>
@@ -670,380 +673,380 @@
     </row>
     <row r="2" spans="1:6" customHeight="1" ht="33">
       <c r="A2" s="1"/>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="1"/>
     </row>
     <row r="3" spans="1:6" customHeight="1" ht="30">
       <c r="A3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="2">
-        <v>-4.82</v>
+        <v>-4.6</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="2">
         <v>-7.3</v>
       </c>
-      <c r="F3" s="2">
-        <v>0.0</v>
+      <c r="F3" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:6" customHeight="1" ht="30">
       <c r="A4" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" s="2">
         <v>-1.83</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E4" s="2">
         <v>-0.55</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="30">
       <c r="A5" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" s="2">
         <v>3.87</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" s="2">
         <v>5.5</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="30">
       <c r="A6" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C6" s="2">
         <v>-5.84</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" s="2">
         <v>-5.57</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="30">
       <c r="A7" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C7" s="2">
         <v>0.22</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E7" s="2">
         <v>-2.02</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="30">
       <c r="A8" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8" s="2">
         <v>-1.5</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E8" s="2">
         <v>-1.68</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="30">
       <c r="A9" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C9" s="2">
         <v>2.3</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E9" s="2">
         <v>2.0</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="30">
       <c r="A10" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C10" s="2">
         <v>0.38</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E10" s="2">
         <v>0.29</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="30">
       <c r="A11" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C11" s="2">
         <v>1.33</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E11" s="2">
         <v>2.73</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="30">
       <c r="A12" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C12" s="2">
         <v>-0.03</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E12" s="2">
         <v>-0.96</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="30">
       <c r="A13" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C13" s="2">
         <v>0.92</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E13" s="2">
         <v>0.55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="30">
       <c r="A14" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C14" s="2">
         <v>1.52</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E14" s="2">
         <v>2.17</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="30">
       <c r="A15" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C15" s="2">
         <v>-1.01</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E15" s="2">
         <v>-1.4</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="30">
       <c r="A16" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C16" s="2">
         <v>1.84</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E16" s="2">
         <v>1.16</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="30">
       <c r="A17" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C17" s="2">
         <v>-3.25</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E17" s="2">
         <v>-2.75</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="30">
       <c r="A18" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C18" s="2">
         <v>1.55</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E18" s="2">
         <v>1.38</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="30">
       <c r="A19" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C19" s="2">
         <v>3.88</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E19" s="2">
         <v>4.23</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="F1:F2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>