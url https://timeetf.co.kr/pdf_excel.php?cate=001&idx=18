--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -12,449 +12,371 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>종목코드</t>
   </si>
   <si>
     <t>종목명</t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>평가금액(원)</t>
   </si>
   <si>
     <t>비중(%)</t>
   </si>
   <si>
     <t>LMT US EQUITY</t>
   </si>
   <si>
     <t>Lockheed Martin Corp</t>
   </si>
   <si>
-    <t>41,361,574</t>
+    <t>35,162,121</t>
+  </si>
+  <si>
+    <t>CVX US EQUITY</t>
+  </si>
+  <si>
+    <t>Chevron Corp</t>
+  </si>
+  <si>
+    <t>30,109,858</t>
+  </si>
+  <si>
+    <t>CAT US EQUITY</t>
+  </si>
+  <si>
+    <t>Caterpillar Inc</t>
+  </si>
+  <si>
+    <t>29,530,292</t>
+  </si>
+  <si>
+    <t>NVDA US EQUITY</t>
+  </si>
+  <si>
+    <t>NVIDIA Corp</t>
+  </si>
+  <si>
+    <t>29,518,208</t>
+  </si>
+  <si>
+    <t>XOM US EQUITY</t>
+  </si>
+  <si>
+    <t>Exxon Mobil Corp</t>
+  </si>
+  <si>
+    <t>27,814,550</t>
+  </si>
+  <si>
+    <t>VLO US EQUITY</t>
+  </si>
+  <si>
+    <t>Valero Energy Corp</t>
+  </si>
+  <si>
+    <t>24,859,128</t>
+  </si>
+  <si>
+    <t>COP US EQUITY</t>
+  </si>
+  <si>
+    <t>ConocoPhillips</t>
+  </si>
+  <si>
+    <t>23,985,711</t>
+  </si>
+  <si>
+    <t>LITE US EQUITY</t>
+  </si>
+  <si>
+    <t>Lumentum Holdings Inc</t>
+  </si>
+  <si>
+    <t>20,043,528</t>
+  </si>
+  <si>
+    <t>CRS US EQUITY</t>
+  </si>
+  <si>
+    <t>Carpenter Technology Corp</t>
+  </si>
+  <si>
+    <t>19,104,459</t>
   </si>
   <si>
     <t>TXN US EQUITY</t>
   </si>
   <si>
     <t>Texas Instruments Inc</t>
   </si>
   <si>
-    <t>32,005,485</t>
-[...26 lines deleted...]
-    <t>22,767,457</t>
+    <t>19,072,380</t>
+  </si>
+  <si>
+    <t>CENX US EQUITY</t>
+  </si>
+  <si>
+    <t>Century Aluminum Co</t>
+  </si>
+  <si>
+    <t>19,029,534</t>
+  </si>
+  <si>
+    <t>EOG US EQUITY</t>
+  </si>
+  <si>
+    <t>EOG Resources Inc</t>
+  </si>
+  <si>
+    <t>18,669,747</t>
+  </si>
+  <si>
+    <t>AMGN US EQUITY</t>
+  </si>
+  <si>
+    <t>Amgen Inc</t>
+  </si>
+  <si>
+    <t>17,684,227</t>
+  </si>
+  <si>
+    <t>WMB US EQUITY</t>
+  </si>
+  <si>
+    <t>Williams Cos Inc/The</t>
+  </si>
+  <si>
+    <t>17,542,095</t>
   </si>
   <si>
     <t>CSCO US EQUITY</t>
   </si>
   <si>
     <t>Cisco Systems Inc</t>
   </si>
   <si>
-    <t>18,955,462</t>
-[...26 lines deleted...]
-    <t>17,677,017</t>
+    <t>16,112,038</t>
   </si>
   <si>
     <t>MRK US EQUITY</t>
   </si>
   <si>
     <t>Merck &amp; Co Inc</t>
   </si>
   <si>
-    <t>16,822,020</t>
+    <t>16,104,246</t>
+  </si>
+  <si>
+    <t>TGB US EQUITY</t>
+  </si>
+  <si>
+    <t>Taseko Mines Ltd</t>
+  </si>
+  <si>
+    <t>1,464</t>
+  </si>
+  <si>
+    <t>15,763,766</t>
+  </si>
+  <si>
+    <t>HD US EQUITY</t>
+  </si>
+  <si>
+    <t>Home Depot Inc/The</t>
+  </si>
+  <si>
+    <t>14,987,542</t>
+  </si>
+  <si>
+    <t>PM US EQUITY</t>
+  </si>
+  <si>
+    <t>Philip Morris International Inc</t>
+  </si>
+  <si>
+    <t>14,235,485</t>
+  </si>
+  <si>
+    <t>SLB US EQUITY</t>
+  </si>
+  <si>
+    <t>SLB Ltd</t>
+  </si>
+  <si>
+    <t>13,606,956</t>
+  </si>
+  <si>
+    <t>BE US EQUITY</t>
+  </si>
+  <si>
+    <t>Bloom Energy Corp</t>
+  </si>
+  <si>
+    <t>13,545,835</t>
   </si>
   <si>
     <t>ABBV US EQUITY</t>
   </si>
   <si>
     <t>AbbVie Inc</t>
   </si>
   <si>
-    <t>15,568,225</t>
-[...35 lines deleted...]
-    <t>12,438,411</t>
+    <t>12,732,791</t>
   </si>
   <si>
     <t>KO US EQUITY</t>
   </si>
   <si>
     <t>Coca-Cola Co/The</t>
   </si>
   <si>
-    <t>12,384,157</t>
-[...17 lines deleted...]
-    <t>10,738,148</t>
+    <t>12,327,825</t>
+  </si>
+  <si>
+    <t>SNDK US EQUITY</t>
+  </si>
+  <si>
+    <t>Sandisk Corp/DE</t>
+  </si>
+  <si>
+    <t>11,829,330</t>
+  </si>
+  <si>
+    <t>현금</t>
+  </si>
+  <si>
+    <t>11,696,096</t>
+  </si>
+  <si>
+    <t>ESH6 Index</t>
+  </si>
+  <si>
+    <t>S&amp;P500 EMINI FUT MAR 036</t>
+  </si>
+  <si>
+    <t>10,085,278</t>
+  </si>
+  <si>
+    <t>MO US EQUITY</t>
+  </si>
+  <si>
+    <t>Altria Group Inc</t>
+  </si>
+  <si>
+    <t>9,548,707</t>
+  </si>
+  <si>
+    <t>VZ US EQUITY</t>
+  </si>
+  <si>
+    <t>Verizon Communications Inc</t>
+  </si>
+  <si>
+    <t>9,097,545</t>
+  </si>
+  <si>
+    <t>BMY US EQUITY</t>
+  </si>
+  <si>
+    <t>Bristol-Myers Squibb Co</t>
+  </si>
+  <si>
+    <t>7,663,914</t>
+  </si>
+  <si>
+    <t>MU US EQUITY</t>
+  </si>
+  <si>
+    <t>Micron Technology Inc</t>
+  </si>
+  <si>
+    <t>7,199,187</t>
   </si>
   <si>
     <t>F US EQUITY</t>
   </si>
   <si>
     <t>Ford Motor Co</t>
   </si>
   <si>
-    <t>10,646,515</t>
-[...32 lines deleted...]
-    <t>9,774,095</t>
+    <t>6,414,124</t>
   </si>
   <si>
     <t>PEP US EQUITY</t>
   </si>
   <si>
     <t>PepsiCo Inc</t>
   </si>
   <si>
-    <t>9,706,190</t>
-[...170 lines deleted...]
-    <t>3,319,445</t>
+    <t>4,291,696</t>
+  </si>
+  <si>
+    <t>HSY US EQUITY</t>
+  </si>
+  <si>
+    <t>Hershey Co/The</t>
+  </si>
+  <si>
+    <t>2,691,780</t>
+  </si>
+  <si>
+    <t>HAL US EQUITY</t>
+  </si>
+  <si>
+    <t>Halliburton Co</t>
+  </si>
+  <si>
+    <t>2,444,245</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
@@ -794,809 +716,656 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E44"/>
+  <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E44"/>
+      <selection activeCell="A1" sqref="A1:E35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="33">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="30">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="2">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="2">
-        <v>7.7</v>
+        <v>6.46</v>
       </c>
     </row>
     <row r="3" spans="1:5" customHeight="1" ht="30">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="2">
-        <v>5.96</v>
+        <v>5.53</v>
       </c>
     </row>
     <row r="4" spans="1:5" customHeight="1" ht="30">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2">
-        <v>117</v>
+        <v>29</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2">
-        <v>5.34</v>
+        <v>5.42</v>
       </c>
     </row>
     <row r="5" spans="1:5" customHeight="1" ht="30">
       <c r="A5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="2">
-        <v>168</v>
+        <v>111</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="2">
-        <v>4.87</v>
+        <v>5.42</v>
       </c>
     </row>
     <row r="6" spans="1:5" customHeight="1" ht="30">
       <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="2">
-        <v>24</v>
+        <v>123</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2">
-        <v>4.24</v>
+        <v>5.11</v>
       </c>
     </row>
     <row r="7" spans="1:5" customHeight="1" ht="30">
       <c r="A7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="2">
-        <v>175</v>
+        <v>74</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="2">
-        <v>3.53</v>
+        <v>4.57</v>
       </c>
     </row>
     <row r="8" spans="1:5" customHeight="1" ht="30">
       <c r="A8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="2">
-        <v>483</v>
+        <v>137</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="2">
-        <v>3.39</v>
+        <v>4.41</v>
       </c>
     </row>
     <row r="9" spans="1:5" customHeight="1" ht="30">
       <c r="A9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="2">
-        <v>3.33</v>
+        <v>3.68</v>
       </c>
     </row>
     <row r="10" spans="1:5" customHeight="1" ht="30">
       <c r="A10" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="2">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="2">
-        <v>3.29</v>
+        <v>3.51</v>
       </c>
     </row>
     <row r="11" spans="1:5" customHeight="1" ht="30">
       <c r="A11" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="2">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="2">
-        <v>3.13</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="12" spans="1:5" customHeight="1" ht="30">
       <c r="A12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="2">
-        <v>49</v>
+        <v>237</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="2">
-        <v>2.9</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="13" spans="1:5" customHeight="1" ht="30">
       <c r="A13" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="2">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>2.66</v>
+        <v>3.43</v>
       </c>
     </row>
     <row r="14" spans="1:5" customHeight="1" ht="30">
       <c r="A14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="2">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="2">
-        <v>2.5</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="15" spans="1:5" customHeight="1" ht="30">
       <c r="A15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="2">
-        <v>20</v>
+        <v>158</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="2">
-        <v>2.36</v>
+        <v>3.22</v>
       </c>
     </row>
     <row r="16" spans="1:5" customHeight="1" ht="30">
       <c r="A16" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="2">
-        <v>22</v>
+        <v>137</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="2">
-        <v>2.32</v>
+        <v>2.96</v>
       </c>
     </row>
     <row r="17" spans="1:5" customHeight="1" ht="30">
       <c r="A17" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C17" s="2">
-        <v>117</v>
+        <v>93</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="2">
-        <v>2.31</v>
+        <v>2.96</v>
       </c>
     </row>
     <row r="18" spans="1:5" customHeight="1" ht="30">
       <c r="A18" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="C18" s="2">
-        <v>432</v>
+      <c r="C18" s="2" t="s">
+        <v>55</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E18" s="2">
-        <v>2.04</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="19" spans="1:5" customHeight="1" ht="30">
       <c r="A19" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C19" s="2">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E19" s="2">
-        <v>2.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="20" spans="1:5" customHeight="1" ht="30">
       <c r="A20" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C20" s="2">
-        <v>526</v>
+        <v>56</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E20" s="2">
-        <v>1.98</v>
+        <v>2.61</v>
       </c>
     </row>
     <row r="21" spans="1:5" customHeight="1" ht="30">
       <c r="A21" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C21" s="2">
-        <v>129</v>
+        <v>194</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E21" s="2">
-        <v>1.92</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="22" spans="1:5" customHeight="1" ht="30">
       <c r="A22" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C22" s="2">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E22" s="2">
-        <v>1.9</v>
+        <v>2.49</v>
       </c>
     </row>
     <row r="23" spans="1:5" customHeight="1" ht="30">
       <c r="A23" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C23" s="2">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E23" s="2">
-        <v>1.89</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="24" spans="1:5" customHeight="1" ht="30">
-      <c r="A24" s="2"/>
+      <c r="A24" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="B24" s="2" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>73</v>
+      </c>
+      <c r="C24" s="2">
+        <v>107</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E24" s="2">
-        <v>1.82</v>
+        <v>2.26</v>
       </c>
     </row>
     <row r="25" spans="1:5" customHeight="1" ht="30">
       <c r="A25" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C25" s="2">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E25" s="2">
-        <v>1.81</v>
+        <v>2.17</v>
       </c>
     </row>
     <row r="26" spans="1:5" customHeight="1" ht="30">
-      <c r="A26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A26" s="2"/>
       <c r="B26" s="2" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>78</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>79</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E26" s="2">
-        <v>1.76</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="27" spans="1:5" customHeight="1" ht="30">
       <c r="A27" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C27" s="2">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E27" s="2">
-        <v>1.75</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="28" spans="1:5" customHeight="1" ht="30">
       <c r="A28" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C28" s="2">
-        <v>131</v>
+        <v>96</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E28" s="2">
-        <v>1.74</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="29" spans="1:5" customHeight="1" ht="30">
       <c r="A29" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C29" s="2">
-        <v>158</v>
+        <v>119</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E29" s="2">
-        <v>1.7</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="30" spans="1:5" customHeight="1" ht="30">
       <c r="A30" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C30" s="2">
-        <v>44</v>
+        <v>85</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E30" s="2">
-        <v>1.61</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="31" spans="1:5" customHeight="1" ht="30">
       <c r="A31" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C31" s="2">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E31" s="2">
-        <v>1.6</v>
+        <v>1.32</v>
       </c>
     </row>
     <row r="32" spans="1:5" customHeight="1" ht="30">
       <c r="A32" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C32" s="2">
-        <v>104</v>
+        <v>353</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E32" s="2">
-        <v>1.59</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="33" spans="1:5" customHeight="1" ht="30">
       <c r="A33" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C33" s="2">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E33" s="2">
-        <v>1.41</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="34" spans="1:5" customHeight="1" ht="30">
       <c r="A34" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C34" s="2">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E34" s="2">
-        <v>1.36</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="35" spans="1:5" customHeight="1" ht="30">
       <c r="A35" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C35" s="2">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E35" s="2">
-        <v>1.27</v>
-[...152 lines deleted...]
-        <v>0.62</v>
+        <v>0.45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>