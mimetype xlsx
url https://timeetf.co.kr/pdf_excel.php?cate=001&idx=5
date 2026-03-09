--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -12,617 +12,593 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>종목코드</t>
   </si>
   <si>
     <t>종목명</t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>평가금액(원)</t>
   </si>
   <si>
     <t>비중(%)</t>
   </si>
   <si>
     <t>ESH6 Index</t>
   </si>
   <si>
     <t>S&amp;P500 EMINI FUT MAR 036</t>
   </si>
   <si>
-    <t>45,706,540</t>
+    <t>50,426,390</t>
+  </si>
+  <si>
+    <t>NVDA US EQUITY</t>
+  </si>
+  <si>
+    <t>NVIDIA Corp</t>
+  </si>
+  <si>
+    <t>35,368,664</t>
   </si>
   <si>
     <t>GOOGL US EQUITY</t>
   </si>
   <si>
     <t>Alphabet Inc</t>
   </si>
   <si>
-    <t>33,788,003</t>
-[...8 lines deleted...]
-    <t>29,640,827</t>
+    <t>27,679,072</t>
   </si>
   <si>
     <t>SPY US EQUITY</t>
   </si>
   <si>
-    <t>SPDR S&amp;P 500 ETF Trust</t>
-[...2 lines deleted...]
-    <t>23,171,797</t>
+    <t>State Street SPDR S&amp;P 500 ETF Trust</t>
+  </si>
+  <si>
+    <t>26,144,151</t>
   </si>
   <si>
     <t>AAPL US EQUITY</t>
   </si>
   <si>
     <t>Apple Inc</t>
   </si>
   <si>
-    <t>20,749,181</t>
+    <t>20,406,665</t>
+  </si>
+  <si>
+    <t>TSM US EQUITY</t>
+  </si>
+  <si>
+    <t>Taiwan Semiconductor Manufacturing Co Ltd</t>
+  </si>
+  <si>
+    <t>18,751,969</t>
+  </si>
+  <si>
+    <t>CAT US EQUITY</t>
+  </si>
+  <si>
+    <t>Caterpillar Inc</t>
+  </si>
+  <si>
+    <t>17,310,861</t>
+  </si>
+  <si>
+    <t>BRK/B US EQUITY</t>
+  </si>
+  <si>
+    <t>Berkshire Hathaway Inc</t>
+  </si>
+  <si>
+    <t>17,163,165</t>
+  </si>
+  <si>
+    <t>JNJ US EQUITY</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>15,818,800</t>
+  </si>
+  <si>
+    <t>CVX US EQUITY</t>
+  </si>
+  <si>
+    <t>Chevron Corp</t>
+  </si>
+  <si>
+    <t>15,054,929</t>
+  </si>
+  <si>
+    <t>LITE US EQUITY</t>
+  </si>
+  <si>
+    <t>Lumentum Holdings Inc</t>
+  </si>
+  <si>
+    <t>15,032,646</t>
   </si>
   <si>
     <t>AMZN US EQUITY</t>
   </si>
   <si>
     <t>Amazon.com Inc</t>
   </si>
   <si>
-    <t>17,680,133</t>
-[...8 lines deleted...]
-    <t>16,126,949</t>
+    <t>14,667,355</t>
+  </si>
+  <si>
+    <t>MSFT US EQUITY</t>
+  </si>
+  <si>
+    <t>Microsoft Corp</t>
+  </si>
+  <si>
+    <t>14,066,792</t>
+  </si>
+  <si>
+    <t>GEV US EQUITY</t>
+  </si>
+  <si>
+    <t>GE Vernova Inc</t>
+  </si>
+  <si>
+    <t>12,983,228</t>
+  </si>
+  <si>
+    <t>AVGO US EQUITY</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>10,873,122</t>
+  </si>
+  <si>
+    <t>META US EQUITY</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc</t>
+  </si>
+  <si>
+    <t>10,608,269</t>
+  </si>
+  <si>
+    <t>XOM US EQUITY</t>
+  </si>
+  <si>
+    <t>Exxon Mobil Corp</t>
+  </si>
+  <si>
+    <t>10,402,189</t>
+  </si>
+  <si>
+    <t>LLY US EQUITY</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>10,367,269</t>
   </si>
   <si>
     <t>HII US EQUITY</t>
   </si>
   <si>
     <t>Huntington Ingalls Industries Inc</t>
   </si>
   <si>
-    <t>15,532,433</t>
-[...8 lines deleted...]
-    <t>14,361,540</t>
+    <t>10,267,744</t>
+  </si>
+  <si>
+    <t>VRT US EQUITY</t>
+  </si>
+  <si>
+    <t>Vertiv Holdings Co</t>
+  </si>
+  <si>
+    <t>9,401,131</t>
+  </si>
+  <si>
+    <t>MRK US EQUITY</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co Inc</t>
+  </si>
+  <si>
+    <t>9,350,853</t>
+  </si>
+  <si>
+    <t>BE US EQUITY</t>
+  </si>
+  <si>
+    <t>Bloom Energy Corp</t>
+  </si>
+  <si>
+    <t>8,895,772</t>
+  </si>
+  <si>
+    <t>CIEN US EQUITY</t>
+  </si>
+  <si>
+    <t>Ciena Corp</t>
+  </si>
+  <si>
+    <t>8,358,693</t>
+  </si>
+  <si>
+    <t>JPM US EQUITY</t>
+  </si>
+  <si>
+    <t>JPMorgan Chase &amp; Co</t>
+  </si>
+  <si>
+    <t>8,225,429</t>
+  </si>
+  <si>
+    <t>NEE US EQUITY</t>
+  </si>
+  <si>
+    <t>NextEra Energy Inc</t>
+  </si>
+  <si>
+    <t>8,167,224</t>
+  </si>
+  <si>
+    <t>LMT US EQUITY</t>
+  </si>
+  <si>
+    <t>Lockheed Martin Corp</t>
+  </si>
+  <si>
+    <t>8,037,056</t>
+  </si>
+  <si>
+    <t>COST US EQUITY</t>
+  </si>
+  <si>
+    <t>Costco Wholesale Corp</t>
+  </si>
+  <si>
+    <t>7,463,292</t>
+  </si>
+  <si>
+    <t>GLW US EQUITY</t>
+  </si>
+  <si>
+    <t>Corning Inc</t>
+  </si>
+  <si>
+    <t>7,375,207</t>
+  </si>
+  <si>
+    <t>TSLA US EQUITY</t>
+  </si>
+  <si>
+    <t>Tesla Inc</t>
+  </si>
+  <si>
+    <t>7,119,716</t>
+  </si>
+  <si>
+    <t>VZ US EQUITY</t>
+  </si>
+  <si>
+    <t>Verizon Communications Inc</t>
+  </si>
+  <si>
+    <t>6,498,246</t>
+  </si>
+  <si>
+    <t>COIN US EQUITY</t>
+  </si>
+  <si>
+    <t>Coinbase Global Inc</t>
+  </si>
+  <si>
+    <t>6,488,735</t>
+  </si>
+  <si>
+    <t>SNDK US EQUITY</t>
+  </si>
+  <si>
+    <t>Sandisk Corp/DE</t>
+  </si>
+  <si>
+    <t>6,308,976</t>
+  </si>
+  <si>
+    <t>TPR US EQUITY</t>
+  </si>
+  <si>
+    <t>Tapestry Inc</t>
+  </si>
+  <si>
+    <t>6,251,713</t>
+  </si>
+  <si>
+    <t>ALB US EQUITY</t>
+  </si>
+  <si>
+    <t>Albemarle Corp</t>
+  </si>
+  <si>
+    <t>6,067,617</t>
+  </si>
+  <si>
+    <t>INSW US EQUITY</t>
+  </si>
+  <si>
+    <t>International Seaways Inc</t>
+  </si>
+  <si>
+    <t>5,955,903</t>
+  </si>
+  <si>
+    <t>FTAI US EQUITY</t>
+  </si>
+  <si>
+    <t>FTAI Aviation Ltd</t>
+  </si>
+  <si>
+    <t>5,840,301</t>
+  </si>
+  <si>
+    <t>ASML US EQUITY</t>
+  </si>
+  <si>
+    <t>ASML Holding NV</t>
+  </si>
+  <si>
+    <t>5,800,147</t>
+  </si>
+  <si>
+    <t>KO US EQUITY</t>
+  </si>
+  <si>
+    <t>Coca-Cola Co/The</t>
+  </si>
+  <si>
+    <t>5,645,452</t>
+  </si>
+  <si>
+    <t>NFLX US EQUITY</t>
+  </si>
+  <si>
+    <t>Netflix Inc</t>
+  </si>
+  <si>
+    <t>5,479,123</t>
+  </si>
+  <si>
+    <t>LIN US EQUITY</t>
+  </si>
+  <si>
+    <t>Linde PLC</t>
+  </si>
+  <si>
+    <t>5,074,500</t>
+  </si>
+  <si>
+    <t>SIMO US EQUITY</t>
+  </si>
+  <si>
+    <t>Silicon Motion Technology Corp</t>
+  </si>
+  <si>
+    <t>4,955,787</t>
+  </si>
+  <si>
+    <t>GE US EQUITY</t>
+  </si>
+  <si>
+    <t>General Electric Co</t>
+  </si>
+  <si>
+    <t>4,832,110</t>
+  </si>
+  <si>
+    <t>LRCX US EQUITY</t>
+  </si>
+  <si>
+    <t>Lam Research Corp</t>
+  </si>
+  <si>
+    <t>4,769,568</t>
+  </si>
+  <si>
+    <t>현금</t>
+  </si>
+  <si>
+    <t>4,716,289</t>
+  </si>
+  <si>
+    <t>T US EQUITY</t>
+  </si>
+  <si>
+    <t>AT&amp;T Inc</t>
+  </si>
+  <si>
+    <t>4,540,098</t>
+  </si>
+  <si>
+    <t>BKR US EQUITY</t>
+  </si>
+  <si>
+    <t>Baker Hughes Co</t>
+  </si>
+  <si>
+    <t>4,382,846</t>
+  </si>
+  <si>
+    <t>PG US EQUITY</t>
+  </si>
+  <si>
+    <t>Procter &amp; Gamble Co/The</t>
+  </si>
+  <si>
+    <t>4,135,565</t>
+  </si>
+  <si>
+    <t>AMD US EQUITY</t>
+  </si>
+  <si>
+    <t>Advanced Micro Devices Inc</t>
+  </si>
+  <si>
+    <t>4,028,906</t>
+  </si>
+  <si>
+    <t>WMT US EQUITY</t>
+  </si>
+  <si>
+    <t>Walmart Inc</t>
+  </si>
+  <si>
+    <t>3,888,000</t>
+  </si>
+  <si>
+    <t>H US EQUITY</t>
+  </si>
+  <si>
+    <t>Hyatt Hotels Corp</t>
+  </si>
+  <si>
+    <t>3,803,864</t>
+  </si>
+  <si>
+    <t>FCX US EQUITY</t>
+  </si>
+  <si>
+    <t>Freeport-McMoRan Inc</t>
+  </si>
+  <si>
+    <t>3,550,915</t>
+  </si>
+  <si>
+    <t>OXY US EQUITY</t>
+  </si>
+  <si>
+    <t>Occidental Petroleum Corp</t>
+  </si>
+  <si>
+    <t>3,403,728</t>
+  </si>
+  <si>
+    <t>VLO US EQUITY</t>
+  </si>
+  <si>
+    <t>Valero Energy Corp</t>
+  </si>
+  <si>
+    <t>3,359,341</t>
   </si>
   <si>
     <t>MU US EQUITY</t>
   </si>
   <si>
     <t>Micron Technology Inc</t>
   </si>
   <si>
-    <t>13,726,866</t>
-[...152 lines deleted...]
-    <t>8,166,029</t>
+    <t>3,322,701</t>
   </si>
   <si>
     <t>V US EQUITY</t>
   </si>
   <si>
     <t>Visa Inc</t>
   </si>
   <si>
-    <t>8,128,194</t>
-[...26 lines deleted...]
-    <t>7,926,582</t>
+    <t>3,322,283</t>
+  </si>
+  <si>
+    <t>WFC US EQUITY</t>
+  </si>
+  <si>
+    <t>Wells Fargo &amp; Co</t>
+  </si>
+  <si>
+    <t>2,405,362</t>
   </si>
   <si>
     <t>CSCO US EQUITY</t>
   </si>
   <si>
     <t>Cisco Systems Inc</t>
   </si>
   <si>
-    <t>7,798,819</t>
-[...218 lines deleted...]
-    <t>2,576,323</t>
+    <t>2,352,122</t>
+  </si>
+  <si>
+    <t>TXN US EQUITY</t>
+  </si>
+  <si>
+    <t>Texas Instruments Inc</t>
+  </si>
+  <si>
+    <t>2,311,803</t>
   </si>
   <si>
     <t>UNH US EQUITY</t>
   </si>
   <si>
     <t>UnitedHealth Group Inc</t>
   </si>
   <si>
-    <t>2,555,788</t>
-[...35 lines deleted...]
-    <t>317,718</t>
+    <t>1,713,723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
@@ -962,1132 +938,1081 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E63"/>
+  <dimension ref="A1:E60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E63"/>
+      <selection activeCell="A1" sqref="A1:E60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="33">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="30">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="2">
         <v>0</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="2">
-        <v>7.97</v>
+        <v>8.83</v>
       </c>
     </row>
     <row r="3" spans="1:5" customHeight="1" ht="30">
       <c r="A3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2">
-        <v>70</v>
+        <v>133</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="2">
-        <v>5.89</v>
+        <v>6.19</v>
       </c>
     </row>
     <row r="4" spans="1:5" customHeight="1" ht="30">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2">
-        <v>5.17</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="5" spans="1:5" customHeight="1" ht="30">
       <c r="A5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="2">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="2">
-        <v>4.04</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="6" spans="1:5" customHeight="1" ht="30">
       <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="2">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2">
-        <v>3.62</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="7" spans="1:5" customHeight="1" ht="30">
       <c r="A7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="2">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="2">
-        <v>3.08</v>
+        <v>3.28</v>
       </c>
     </row>
     <row r="8" spans="1:5" customHeight="1" ht="30">
       <c r="A8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="2">
         <v>17</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="2">
-        <v>2.81</v>
+        <v>3.03</v>
       </c>
     </row>
     <row r="9" spans="1:5" customHeight="1" ht="30">
       <c r="A9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="2">
-        <v>2.71</v>
+        <v>3.01</v>
       </c>
     </row>
     <row r="10" spans="1:5" customHeight="1" ht="30">
       <c r="A10" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="2">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="2">
-        <v>2.51</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="11" spans="1:5" customHeight="1" ht="30">
       <c r="A11" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="2">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="2">
-        <v>2.39</v>
+        <v>2.64</v>
       </c>
     </row>
     <row r="12" spans="1:5" customHeight="1" ht="30">
       <c r="A12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="2">
-        <v>2.36</v>
+        <v>2.63</v>
       </c>
     </row>
     <row r="13" spans="1:5" customHeight="1" ht="30">
       <c r="A13" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="2">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>2.31</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="14" spans="1:5" customHeight="1" ht="30">
       <c r="A14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="2">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="2">
-        <v>2.29</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="15" spans="1:5" customHeight="1" ht="30">
       <c r="A15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="2">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="2">
-        <v>1.99</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="16" spans="1:5" customHeight="1" ht="30">
       <c r="A16" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="2">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="2">
-        <v>1.89</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="17" spans="1:5" customHeight="1" ht="30">
       <c r="A17" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C17" s="2">
         <v>11</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="2">
-        <v>1.88</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="18" spans="1:5" customHeight="1" ht="30">
       <c r="A18" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C18" s="2">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="2">
-        <v>1.87</v>
+        <v>1.82</v>
       </c>
     </row>
     <row r="19" spans="1:5" customHeight="1" ht="30">
       <c r="A19" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="2">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="2">
-        <v>1.85</v>
+        <v>1.82</v>
       </c>
     </row>
     <row r="20" spans="1:5" customHeight="1" ht="30">
       <c r="A20" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="2">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="2">
-        <v>1.76</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="21" spans="1:5" customHeight="1" ht="30">
       <c r="A21" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="2">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="2">
-        <v>1.73</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="22" spans="1:5" customHeight="1" ht="30">
       <c r="A22" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C22" s="2">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="2">
-        <v>1.71</v>
+        <v>1.64</v>
       </c>
     </row>
     <row r="23" spans="1:5" customHeight="1" ht="30">
       <c r="A23" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C23" s="2">
         <v>44</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="2">
-        <v>1.51</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="24" spans="1:5" customHeight="1" ht="30">
       <c r="A24" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C24" s="2">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="2">
-        <v>1.51</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="25" spans="1:5" customHeight="1" ht="30">
       <c r="A25" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C25" s="2">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="2">
-        <v>1.47</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="26" spans="1:5" customHeight="1" ht="30">
       <c r="A26" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C26" s="2">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>79</v>
       </c>
       <c r="E26" s="2">
-        <v>1.47</v>
+        <v>1.43</v>
       </c>
     </row>
     <row r="27" spans="1:5" customHeight="1" ht="30">
       <c r="A27" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C27" s="2">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E27" s="2">
-        <v>1.43</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="28" spans="1:5" customHeight="1" ht="30">
       <c r="A28" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C28" s="2">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>85</v>
       </c>
       <c r="E28" s="2">
-        <v>1.42</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="29" spans="1:5" customHeight="1" ht="30">
       <c r="A29" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C29" s="2">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>88</v>
       </c>
       <c r="E29" s="2">
-        <v>1.42</v>
+        <v>1.29</v>
       </c>
     </row>
     <row r="30" spans="1:5" customHeight="1" ht="30">
       <c r="A30" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C30" s="2">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E30" s="2">
-        <v>1.41</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="31" spans="1:5" customHeight="1" ht="30">
       <c r="A31" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C31" s="2">
-        <v>4</v>
+        <v>85</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="2">
-        <v>1.4</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="32" spans="1:5" customHeight="1" ht="30">
       <c r="A32" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C32" s="2">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="2">
-        <v>1.38</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="33" spans="1:5" customHeight="1" ht="30">
       <c r="A33" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C33" s="2">
-        <v>72</v>
+        <v>8</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="2">
-        <v>1.36</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="34" spans="1:5" customHeight="1" ht="30">
       <c r="A34" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C34" s="2">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="2">
-        <v>1.31</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="35" spans="1:5" customHeight="1" ht="30">
       <c r="A35" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C35" s="2">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="2">
-        <v>1.24</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="36" spans="1:5" customHeight="1" ht="30">
       <c r="A36" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C36" s="2">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="2">
-        <v>1.14</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="37" spans="1:5" customHeight="1" ht="30">
       <c r="A37" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C37" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>112</v>
       </c>
       <c r="E37" s="2">
-        <v>1.12</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="38" spans="1:5" customHeight="1" ht="30">
       <c r="A38" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C38" s="2">
-        <v>74</v>
+        <v>3</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>115</v>
       </c>
       <c r="E38" s="2">
-        <v>1.1</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="39" spans="1:5" customHeight="1" ht="30">
       <c r="A39" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C39" s="2">
-        <v>7</v>
+        <v>49</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>118</v>
       </c>
       <c r="E39" s="2">
-        <v>1.05</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="40" spans="1:5" customHeight="1" ht="30">
       <c r="A40" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C40" s="2">
-        <v>74</v>
+        <v>37</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>121</v>
       </c>
       <c r="E40" s="2">
-        <v>1.03</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="41" spans="1:5" customHeight="1" ht="30">
       <c r="A41" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>123</v>
       </c>
       <c r="C41" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E41" s="2">
-        <v>1.01</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="42" spans="1:5" customHeight="1" ht="30">
       <c r="A42" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C42" s="2">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E42" s="2">
-        <v>1.01</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="43" spans="1:5" customHeight="1" ht="30">
       <c r="A43" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C43" s="2">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E43" s="2">
-        <v>0.94</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="44" spans="1:5" customHeight="1" ht="30">
       <c r="A44" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>9</v>
+        <v>132</v>
       </c>
       <c r="C44" s="2">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E44" s="2">
-        <v>0.93</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="45" spans="1:5" customHeight="1" ht="30">
       <c r="A45" s="2"/>
       <c r="B45" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E45" s="2">
-        <v>0.92</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="46" spans="1:5" customHeight="1" ht="30">
       <c r="A46" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C46" s="2">
-        <v>21</v>
+        <v>106</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E46" s="2">
-        <v>0.87</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="47" spans="1:5" customHeight="1" ht="30">
       <c r="A47" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C47" s="2">
-        <v>4</v>
+        <v>49</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E47" s="2">
-        <v>0.7</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="48" spans="1:5" customHeight="1" ht="30">
       <c r="A48" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C48" s="2">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E48" s="2">
-        <v>0.69</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="49" spans="1:5" customHeight="1" ht="30">
       <c r="A49" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C49" s="2">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E49" s="2">
-        <v>0.68</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="50" spans="1:5" customHeight="1" ht="30">
       <c r="A50" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C50" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E50" s="2">
         <v>0.68</v>
       </c>
     </row>
     <row r="51" spans="1:5" customHeight="1" ht="30">
       <c r="A51" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C51" s="2">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E51" s="2">
-        <v>0.64</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="52" spans="1:5" customHeight="1" ht="30">
       <c r="A52" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C52" s="2">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E52" s="2">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="53" spans="1:5" customHeight="1" ht="30">
       <c r="A53" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C53" s="2">
-        <v>158</v>
+        <v>42</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E53" s="2">
-        <v>0.61</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="54" spans="1:5" customHeight="1" ht="30">
       <c r="A54" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C54" s="2">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E54" s="2">
-        <v>0.6</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="55" spans="1:5" customHeight="1" ht="30">
       <c r="A55" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C55" s="2">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E55" s="2">
-        <v>0.57</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="56" spans="1:5" customHeight="1" ht="30">
       <c r="A56" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C56" s="2">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E56" s="2">
-        <v>0.5</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="57" spans="1:5" customHeight="1" ht="30">
       <c r="A57" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C57" s="2">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E57" s="2">
-        <v>0.49</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="58" spans="1:5" customHeight="1" ht="30">
       <c r="A58" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C58" s="2">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E58" s="2">
-        <v>0.45</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="59" spans="1:5" customHeight="1" ht="30">
       <c r="A59" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C59" s="2">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E59" s="2">
-        <v>0.45</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="60" spans="1:5" customHeight="1" ht="30">
       <c r="A60" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C60" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E60" s="2">
-        <v>0.39</v>
-[...50 lines deleted...]
-        <v>0.06</v>
+        <v>0.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>