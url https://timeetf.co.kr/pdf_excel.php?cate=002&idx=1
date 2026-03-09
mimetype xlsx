--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -12,242 +12,272 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>종목코드</t>
   </si>
   <si>
     <t>종목명</t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>평가금액(원)</t>
   </si>
   <si>
     <t>비중(%)</t>
   </si>
   <si>
+    <t>하이브</t>
+  </si>
+  <si>
+    <t>103,800,000</t>
+  </si>
+  <si>
+    <t>펄어비스</t>
+  </si>
+  <si>
+    <t>1,500</t>
+  </si>
+  <si>
+    <t>99,150,000</t>
+  </si>
+  <si>
+    <t>올릭스</t>
+  </si>
+  <si>
+    <t>81,200,000</t>
+  </si>
+  <si>
+    <t>엘앤씨바이오</t>
+  </si>
+  <si>
+    <t>65,600,000</t>
+  </si>
+  <si>
+    <t>004170</t>
+  </si>
+  <si>
+    <t>신세계</t>
+  </si>
+  <si>
+    <t>62,600,000</t>
+  </si>
+  <si>
+    <t>휴젤</t>
+  </si>
+  <si>
+    <t>62,375,000</t>
+  </si>
+  <si>
     <t>에이피알</t>
   </si>
   <si>
-    <t>143,000,000</t>
-[...5 lines deleted...]
-    <t>117,920,000</t>
+    <t>59,300,000</t>
+  </si>
+  <si>
+    <t>006730</t>
+  </si>
+  <si>
+    <t>서부T&amp;D</t>
+  </si>
+  <si>
+    <t>4,000</t>
+  </si>
+  <si>
+    <t>56,600,000</t>
+  </si>
+  <si>
+    <t>와이지엔터테인먼트</t>
+  </si>
+  <si>
+    <t>51,760,000</t>
+  </si>
+  <si>
+    <t>001040</t>
+  </si>
+  <si>
+    <t>CJ</t>
+  </si>
+  <si>
+    <t>51,480,000</t>
+  </si>
+  <si>
+    <t>035900</t>
+  </si>
+  <si>
+    <t>JYP Ent.</t>
+  </si>
+  <si>
+    <t>50,000,000</t>
+  </si>
+  <si>
+    <t>041510</t>
+  </si>
+  <si>
+    <t>에스엠</t>
+  </si>
+  <si>
+    <t>40,960,000</t>
+  </si>
+  <si>
+    <t>023530</t>
+  </si>
+  <si>
+    <t>롯데쇼핑</t>
+  </si>
+  <si>
+    <t>36,800,000</t>
+  </si>
+  <si>
+    <t>042520</t>
+  </si>
+  <si>
+    <t>한스바이오메드</t>
+  </si>
+  <si>
+    <t>35,400,000</t>
+  </si>
+  <si>
+    <t>제닉</t>
+  </si>
+  <si>
+    <t>33,525,000</t>
+  </si>
+  <si>
+    <t>035760</t>
+  </si>
+  <si>
+    <t>CJ ENM</t>
+  </si>
+  <si>
+    <t>32,550,000</t>
+  </si>
+  <si>
+    <t>파마리서치</t>
+  </si>
+  <si>
+    <t>31,550,000</t>
+  </si>
+  <si>
+    <t>코스메카코리아</t>
+  </si>
+  <si>
+    <t>29,080,000</t>
+  </si>
+  <si>
+    <t>아이티센글로벌</t>
+  </si>
+  <si>
+    <t>27,950,000</t>
+  </si>
+  <si>
+    <t>클래시스</t>
+  </si>
+  <si>
+    <t>26,600,000</t>
   </si>
   <si>
     <t>003230</t>
   </si>
   <si>
     <t>삼양식품</t>
   </si>
   <si>
-    <t>86,450,000</t>
-[...14 lines deleted...]
-    <t>JYP Ent.</t>
+    <t>20,440,000</t>
+  </si>
+  <si>
+    <t>스튜디오드래곤</t>
+  </si>
+  <si>
+    <t>20,400,000</t>
+  </si>
+  <si>
+    <t>더핑크퐁컴퍼니</t>
   </si>
   <si>
     <t>1,000</t>
   </si>
   <si>
-    <t>68,000,000</t>
-[...122 lines deleted...]
-    <t>21,600,000</t>
+    <t>17,350,000</t>
+  </si>
+  <si>
+    <t>GS피앤엘</t>
+  </si>
+  <si>
+    <t>17,240,000</t>
+  </si>
+  <si>
+    <t>081660</t>
+  </si>
+  <si>
+    <t>미스토홀딩스</t>
+  </si>
+  <si>
+    <t>14,460,000</t>
+  </si>
+  <si>
+    <t>달바글로벌</t>
+  </si>
+  <si>
+    <t>14,010,000</t>
   </si>
   <si>
     <t>현금</t>
   </si>
   <si>
-    <t>15,333,511</t>
-[...5 lines deleted...]
-    <t>14,760,000</t>
+    <t>13,859,880</t>
+  </si>
+  <si>
+    <t>그래피</t>
+  </si>
+  <si>
+    <t>9,130,000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
@@ -587,486 +617,554 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E25"/>
+  <dimension ref="A1:E29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E25"/>
+      <selection activeCell="A1" sqref="A1:E29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="33">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="30">
       <c r="A2" s="2">
-        <v>278470</v>
+        <v>352820</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="2">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E2" s="2">
-        <v>11.87</v>
+        <v>8.91</v>
       </c>
     </row>
     <row r="3" spans="1:5" customHeight="1" ht="30">
       <c r="A3" s="2">
-        <v>352820</v>
+        <v>263750</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="C3" s="2">
-        <v>320</v>
+      <c r="C3" s="2" t="s">
+        <v>8</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E3" s="2">
-        <v>9.79</v>
+        <v>8.51</v>
       </c>
     </row>
     <row r="4" spans="1:5" customHeight="1" ht="30">
-      <c r="A4" s="2" t="s">
-        <v>9</v>
+      <c r="A4" s="2">
+        <v>226950</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="2">
-        <v>70</v>
+        <v>400</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2">
-        <v>7.18</v>
+        <v>6.97</v>
       </c>
     </row>
     <row r="5" spans="1:5" customHeight="1" ht="30">
       <c r="A5" s="2">
-        <v>257720</v>
+        <v>290650</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="C5" s="2">
+        <v>800</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="D5" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" s="2">
-        <v>6.05</v>
+        <v>5.63</v>
       </c>
     </row>
     <row r="6" spans="1:5" customHeight="1" ht="30">
       <c r="A6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="2" t="s">
+      <c r="C6" s="2">
+        <v>200</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="2">
-        <v>5.65</v>
+        <v>5.37</v>
       </c>
     </row>
     <row r="7" spans="1:5" customHeight="1" ht="30">
       <c r="A7" s="2">
         <v>145020</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C7" s="2">
         <v>250</v>
       </c>
       <c r="D7" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="2">
+        <v>5.35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" customHeight="1" ht="30">
+      <c r="A8" s="2">
+        <v>278470</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" s="2">
+        <v>200</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="E7" s="2">
-[...4 lines deleted...]
-      <c r="A8" s="2" t="s">
+      <c r="E8" s="2">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" customHeight="1" ht="30">
+      <c r="A9" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="2" t="s">
+      <c r="B9" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="C9" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D9" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="E8" s="2">
-[...7 lines deleted...]
-      <c r="B9" s="2" t="s">
+      <c r="E9" s="2">
+        <v>4.86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" customHeight="1" ht="30">
+      <c r="A10" s="2">
+        <v>122870</v>
+      </c>
+      <c r="B10" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="2">
-[...2 lines deleted...]
-      <c r="D9" s="2" t="s">
+      <c r="C10" s="2">
+        <v>800</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E9" s="2">
-[...15 lines deleted...]
-      </c>
       <c r="E10" s="2">
-        <v>4.66</v>
+        <v>4.44</v>
       </c>
     </row>
     <row r="11" spans="1:5" customHeight="1" ht="30">
       <c r="A11" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="2">
+        <v>300</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" s="2">
+        <v>4.42</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" customHeight="1" ht="30">
+      <c r="A12" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="2" t="s">
+      <c r="B12" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="2">
-[...2 lines deleted...]
-      <c r="D11" s="2" t="s">
+      <c r="C12" s="2">
+        <v>800</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E11" s="2">
-[...15 lines deleted...]
-      </c>
       <c r="E12" s="2">
-        <v>4.08</v>
+        <v>4.29</v>
       </c>
     </row>
     <row r="13" spans="1:5" customHeight="1" ht="30">
       <c r="A13" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C13" s="2">
+        <v>400</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="B13" s="2" t="s">
+      <c r="E13" s="2">
+        <v>3.52</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" customHeight="1" ht="30">
+      <c r="A14" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C13" s="2">
-[...2 lines deleted...]
-      <c r="D13" s="2" t="s">
+      <c r="B14" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="E13" s="2">
-[...7 lines deleted...]
-      <c r="B14" s="2" t="s">
+      <c r="C14" s="2">
+        <v>400</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="C14" s="2">
-[...2 lines deleted...]
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2">
+        <v>3.16</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" customHeight="1" ht="30">
+      <c r="A15" s="2" t="s">
         <v>39</v>
-      </c>
-[...6 lines deleted...]
-        <v>226950</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="2">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="2">
-        <v>2.96</v>
+        <v>3.04</v>
       </c>
     </row>
     <row r="16" spans="1:5" customHeight="1" ht="30">
       <c r="A16" s="2">
-        <v>419530</v>
+        <v>123330</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="C16" s="2">
-        <v>950</v>
+      <c r="C16" s="2" t="s">
+        <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="2">
-        <v>2.95</v>
+        <v>2.88</v>
       </c>
     </row>
     <row r="17" spans="1:5" customHeight="1" ht="30">
-      <c r="A17" s="2">
-        <v>124500</v>
+      <c r="A17" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>45</v>
+      </c>
+      <c r="C17" s="2">
+        <v>500</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E17" s="2">
-        <v>2.78</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="18" spans="1:5" customHeight="1" ht="30">
-      <c r="A18" s="2" t="s">
-        <v>46</v>
+      <c r="A18" s="2">
+        <v>214450</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="2">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="2">
-        <v>2.67</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="19" spans="1:5" customHeight="1" ht="30">
       <c r="A19" s="2">
-        <v>251970</v>
+        <v>241710</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="2">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="2">
-        <v>2.47</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="20" spans="1:5" customHeight="1" ht="30">
-      <c r="A20" s="2" t="s">
+      <c r="A20" s="2">
+        <v>124500</v>
+      </c>
+      <c r="B20" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="B20" s="2" t="s">
+      <c r="C20" s="2">
+        <v>500</v>
+      </c>
+      <c r="D20" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="C20" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="2">
-        <v>2.27</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="21" spans="1:5" customHeight="1" ht="30">
       <c r="A21" s="2">
-        <v>403850</v>
+        <v>214150</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C21" s="2">
+        <v>500</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="C21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="2" t="s">
+      <c r="E21" s="2">
+        <v>2.28</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" customHeight="1" ht="30">
+      <c r="A22" s="2" t="s">
         <v>55</v>
-      </c>
-[...6 lines deleted...]
-        <v>253450</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="2">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="2">
-        <v>1.88</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="23" spans="1:5" customHeight="1" ht="30">
       <c r="A23" s="2">
-        <v>290650</v>
+        <v>253450</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="2">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="2">
-        <v>1.79</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="24" spans="1:5" customHeight="1" ht="30">
-      <c r="A24" s="2"/>
+      <c r="A24" s="2">
+        <v>403850</v>
+      </c>
       <c r="B24" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E24" s="2">
-        <v>1.27</v>
+        <v>1.49</v>
       </c>
     </row>
     <row r="25" spans="1:5" customHeight="1" ht="30">
       <c r="A25" s="2">
+        <v>499790</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="2">
+        <v>400</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E25" s="2">
+        <v>1.48</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" customHeight="1" ht="30">
+      <c r="A26" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C26" s="2">
+        <v>300</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E26" s="2">
+        <v>1.24</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" customHeight="1" ht="30">
+      <c r="A27" s="2">
         <v>483650</v>
       </c>
-      <c r="B25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="2">
+      <c r="B27" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C27" s="2">
         <v>100</v>
       </c>
-      <c r="D25" s="2" t="s">
-[...3 lines deleted...]
-        <v>1.23</v>
+      <c r="D27" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E27" s="2">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" customHeight="1" ht="30">
+      <c r="A28" s="2"/>
+      <c r="B28" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E28" s="2">
+        <v>1.19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" customHeight="1" ht="30">
+      <c r="A29" s="2">
+        <v>318060</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" s="2">
+        <v>200</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E29" s="2">
+        <v>0.78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>