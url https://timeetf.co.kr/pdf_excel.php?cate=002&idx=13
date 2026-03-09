--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -12,305 +12,356 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>종목코드</t>
   </si>
   <si>
     <t>종목명</t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>평가금액(원)</t>
   </si>
   <si>
     <t>비중(%)</t>
   </si>
   <si>
+    <t>000250</t>
+  </si>
+  <si>
+    <t>삼천당제약</t>
+  </si>
+  <si>
+    <t>115,050,000</t>
+  </si>
+  <si>
+    <t>에이비엘바이오</t>
+  </si>
+  <si>
+    <t>85,365,000</t>
+  </si>
+  <si>
+    <t>올릭스</t>
+  </si>
+  <si>
+    <t>81,200,000</t>
+  </si>
+  <si>
     <t>068270</t>
   </si>
   <si>
     <t>셀트리온</t>
   </si>
   <si>
-    <t>124,800,000</t>
-[...5 lines deleted...]
-    <t>71,840,000</t>
+    <t>55,284,000</t>
+  </si>
+  <si>
+    <t>현금</t>
+  </si>
+  <si>
+    <t>54,039,548</t>
+  </si>
+  <si>
+    <t>에스티팜</t>
+  </si>
+  <si>
+    <t>48,630,000</t>
+  </si>
+  <si>
+    <t>알테오젠</t>
+  </si>
+  <si>
+    <t>37,016,500</t>
+  </si>
+  <si>
+    <t>에이프릴바이오</t>
+  </si>
+  <si>
+    <t>36,778,600</t>
+  </si>
+  <si>
+    <t>알지노믹스</t>
+  </si>
+  <si>
+    <t>34,060,000</t>
+  </si>
+  <si>
+    <t>한미약품</t>
+  </si>
+  <si>
+    <t>33,705,000</t>
+  </si>
+  <si>
+    <t>지투지바이오</t>
+  </si>
+  <si>
+    <t>28,775,600</t>
+  </si>
+  <si>
+    <t>리가켐바이오</t>
+  </si>
+  <si>
+    <t>28,354,700</t>
+  </si>
+  <si>
+    <t>보로노이</t>
+  </si>
+  <si>
+    <t>25,474,500</t>
+  </si>
+  <si>
+    <t>인벤티지랩</t>
+  </si>
+  <si>
+    <t>25,033,200</t>
+  </si>
+  <si>
+    <t>068760</t>
+  </si>
+  <si>
+    <t>셀트리온제약</t>
+  </si>
+  <si>
+    <t>25,000,000</t>
+  </si>
+  <si>
+    <t>씨어스테크놀로지</t>
+  </si>
+  <si>
+    <t>22,178,700</t>
+  </si>
+  <si>
+    <t>오름테라퓨틱</t>
+  </si>
+  <si>
+    <t>21,060,000</t>
+  </si>
+  <si>
+    <t>087010</t>
+  </si>
+  <si>
+    <t>펩트론</t>
+  </si>
+  <si>
+    <t>17,100,000</t>
+  </si>
+  <si>
+    <t>리브스메드</t>
+  </si>
+  <si>
+    <t>16,723,200</t>
   </si>
   <si>
     <t>삼성바이오로직스</t>
   </si>
   <si>
-    <t>71,120,000</t>
-[...38 lines deleted...]
-    <t>28,944,000</t>
+    <t>15,790,000</t>
+  </si>
+  <si>
+    <t>코오롱티슈진</t>
+  </si>
+  <si>
+    <t>15,540,000</t>
+  </si>
+  <si>
+    <t>039200</t>
+  </si>
+  <si>
+    <t>오스코텍</t>
+  </si>
+  <si>
+    <t>15,200,500</t>
+  </si>
+  <si>
+    <t>케어젠</t>
+  </si>
+  <si>
+    <t>13,260,000</t>
+  </si>
+  <si>
+    <t>0009K0</t>
+  </si>
+  <si>
+    <t>에임드바이오</t>
+  </si>
+  <si>
+    <t>12,728,100</t>
+  </si>
+  <si>
+    <t>휴젤</t>
+  </si>
+  <si>
+    <t>12,475,000</t>
+  </si>
+  <si>
+    <t>일동제약</t>
+  </si>
+  <si>
+    <t>12,309,150</t>
   </si>
   <si>
     <t>0126Z0</t>
   </si>
   <si>
     <t>삼성에피스홀딩스</t>
   </si>
   <si>
-    <t>25,600,000</t>
-[...14 lines deleted...]
-    <t>24,020,000</t>
+    <t>10,200,000</t>
+  </si>
+  <si>
+    <t>028300</t>
+  </si>
+  <si>
+    <t>HLB</t>
+  </si>
+  <si>
+    <t>9,890,000</t>
+  </si>
+  <si>
+    <t>앱클론</t>
+  </si>
+  <si>
+    <t>9,465,000</t>
+  </si>
+  <si>
+    <t>파마리서치</t>
+  </si>
+  <si>
+    <t>그래피</t>
+  </si>
+  <si>
+    <t>9,175,650</t>
+  </si>
+  <si>
+    <t>엘앤씨바이오</t>
+  </si>
+  <si>
+    <t>8,282,000</t>
   </si>
   <si>
     <t>디앤디파마텍</t>
   </si>
   <si>
-    <t>23,790,000</t>
-[...107 lines deleted...]
-    <t>리브스메드</t>
+    <t>7,811,100</t>
+  </si>
+  <si>
+    <t>메지온</t>
+  </si>
+  <si>
+    <t>6,350,000</t>
+  </si>
+  <si>
+    <t>078160</t>
+  </si>
+  <si>
+    <t>메디포스트</t>
+  </si>
+  <si>
+    <t>6,345,000</t>
+  </si>
+  <si>
+    <t>098460</t>
+  </si>
+  <si>
+    <t>고영</t>
   </si>
   <si>
     <t>5,900,000</t>
   </si>
   <si>
-    <t>메지온</t>
-[...8 lines deleted...]
-    <t>5,295,000</t>
+    <t>토모큐브</t>
+  </si>
+  <si>
+    <t>5,450,000</t>
   </si>
   <si>
     <t>009420</t>
   </si>
   <si>
     <t>한올바이오파마</t>
   </si>
   <si>
-    <t>4,790,000</t>
-[...17 lines deleted...]
-    <t>2,905,000</t>
+    <t>5,115,600</t>
+  </si>
+  <si>
+    <t>HK이노엔</t>
+  </si>
+  <si>
+    <t>4,952,100</t>
+  </si>
+  <si>
+    <t>007390</t>
+  </si>
+  <si>
+    <t>네이처셀</t>
+  </si>
+  <si>
+    <t>3,897,600</t>
+  </si>
+  <si>
+    <t>001060</t>
+  </si>
+  <si>
+    <t>JW중외제약</t>
+  </si>
+  <si>
+    <t>3,131,400</t>
+  </si>
+  <si>
+    <t>085660</t>
+  </si>
+  <si>
+    <t>차바이오텍</t>
+  </si>
+  <si>
+    <t>1,813,680</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
@@ -650,673 +701,792 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E36"/>
+  <dimension ref="A1:E43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E36"/>
+      <selection activeCell="A1" sqref="A1:E43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="33">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="30">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="2">
-        <v>600</v>
+        <v>150</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="2">
-        <v>14.05</v>
+        <v>11.56</v>
       </c>
     </row>
     <row r="3" spans="1:5" customHeight="1" ht="30">
       <c r="A3" s="2">
         <v>298380</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
-        <v>400</v>
+        <v>450</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="2">
-        <v>8.09</v>
+        <v>8.58</v>
       </c>
     </row>
     <row r="4" spans="1:5" customHeight="1" ht="30">
       <c r="A4" s="2">
-        <v>207940</v>
+        <v>226950</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="2">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2">
-        <v>8.01</v>
+        <v>8.16</v>
       </c>
     </row>
     <row r="5" spans="1:5" customHeight="1" ht="30">
-      <c r="A5" s="2"/>
+      <c r="A5" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="B5" s="2" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="C5" s="2" t="s">
         <v>13</v>
       </c>
+      <c r="C5" s="2">
+        <v>271</v>
+      </c>
       <c r="D5" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" s="2">
-        <v>6.65</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="6" spans="1:5" customHeight="1" ht="30">
-      <c r="A6" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="A6" s="2"/>
       <c r="B6" s="2" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>15</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E6" s="2">
-        <v>5.42</v>
+        <v>5.43</v>
       </c>
     </row>
     <row r="7" spans="1:5" customHeight="1" ht="30">
       <c r="A7" s="2">
-        <v>226950</v>
+        <v>237690</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" s="2">
-        <v>330</v>
+        <v>300</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E7" s="2">
-        <v>4.42</v>
+        <v>4.89</v>
       </c>
     </row>
     <row r="8" spans="1:5" customHeight="1" ht="30">
       <c r="A8" s="2">
-        <v>128940</v>
+        <v>196170</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8" s="2">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E8" s="2">
-        <v>3.88</v>
+        <v>3.72</v>
       </c>
     </row>
     <row r="9" spans="1:5" customHeight="1" ht="30">
-      <c r="A9" s="2" t="s">
-        <v>20</v>
+      <c r="A9" s="2">
+        <v>397030</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="2">
-        <v>300</v>
+        <v>599</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="2">
-        <v>3.54</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="10" spans="1:5" customHeight="1" ht="30">
       <c r="A10" s="2">
-        <v>458870</v>
+        <v>476830</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="2">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E10" s="2">
-        <v>3.26</v>
+        <v>3.42</v>
       </c>
     </row>
     <row r="11" spans="1:5" customHeight="1" ht="30">
-      <c r="A11" s="2" t="s">
+      <c r="A11" s="2">
+        <v>128940</v>
+      </c>
+      <c r="B11" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B11" s="2" t="s">
+      <c r="C11" s="2">
+        <v>70</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="2">
-[...2 lines deleted...]
-      <c r="D11" s="2" t="s">
+      <c r="E11" s="2">
+        <v>3.39</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" customHeight="1" ht="30">
+      <c r="A12" s="2">
+        <v>456160</v>
+      </c>
+      <c r="B12" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E11" s="2">
-[...4 lines deleted...]
-      <c r="A12" s="2" t="s">
+      <c r="C12" s="2">
+        <v>301</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E12" s="2">
-        <v>2.85</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="13" spans="1:5" customHeight="1" ht="30">
       <c r="A13" s="2">
-        <v>237690</v>
+        <v>141080</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13" s="2">
-        <v>200</v>
+        <v>149</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E13" s="2">
-        <v>2.7</v>
+        <v>2.85</v>
       </c>
     </row>
     <row r="14" spans="1:5" customHeight="1" ht="30">
       <c r="A14" s="2">
-        <v>347850</v>
+        <v>310210</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14" s="2">
-        <v>300</v>
+        <v>81</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E14" s="2">
-        <v>2.68</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="15" spans="1:5" customHeight="1" ht="30">
       <c r="A15" s="2">
-        <v>214450</v>
+        <v>389470</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" s="2">
+        <v>276</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" s="2">
+        <v>2.52</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" customHeight="1" ht="30">
+      <c r="A16" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="2">
-[...2 lines deleted...]
-      <c r="D15" s="2" t="s">
+      <c r="B16" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="E15" s="2">
-[...7 lines deleted...]
-      <c r="B16" s="2" t="s">
+      <c r="C16" s="2">
+        <v>400</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C16" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="2">
-        <v>2.49</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="17" spans="1:5" customHeight="1" ht="30">
       <c r="A17" s="2">
-        <v>249420</v>
+        <v>458870</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C17" s="2">
+        <v>171</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="C17" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="2">
-        <v>2.44</v>
+        <v>2.23</v>
       </c>
     </row>
     <row r="18" spans="1:5" customHeight="1" ht="30">
       <c r="A18" s="2">
         <v>475830</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C18" s="2">
         <v>200</v>
       </c>
       <c r="D18" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="2">
+        <v>2.12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" customHeight="1" ht="30">
+      <c r="A19" s="2" t="s">
         <v>42</v>
-      </c>
-[...6 lines deleted...]
-        <v>476830</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="2">
-        <v>2.33</v>
+        <v>1.72</v>
       </c>
     </row>
     <row r="20" spans="1:5" customHeight="1" ht="30">
       <c r="A20" s="2">
-        <v>397030</v>
+        <v>491000</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="2">
-        <v>400</v>
+        <v>201</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E20" s="2">
-        <v>2.14</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="21" spans="1:5" customHeight="1" ht="30">
       <c r="A21" s="2">
-        <v>145020</v>
+        <v>207940</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="2">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="2">
-        <v>2.01</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="22" spans="1:5" customHeight="1" ht="30">
       <c r="A22" s="2">
-        <v>326030</v>
+        <v>950160</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="2">
         <v>150</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E22" s="2">
-        <v>1.96</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="23" spans="1:5" customHeight="1" ht="30">
-      <c r="A23" s="2">
-        <v>389650</v>
+      <c r="A23" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C23" s="2">
-        <v>200</v>
+        <v>301</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E23" s="2">
-        <v>1.68</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="24" spans="1:5" customHeight="1" ht="30">
-      <c r="A24" s="2" t="s">
-        <v>53</v>
+      <c r="A24" s="2">
+        <v>214370</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="2">
-        <v>300</v>
+        <v>102</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E24" s="2">
-        <v>1.38</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="25" spans="1:5" customHeight="1" ht="30">
       <c r="A25" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="2">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E25" s="2">
-        <v>1.37</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="26" spans="1:5" customHeight="1" ht="30">
       <c r="A26" s="2">
-        <v>468530</v>
+        <v>145020</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="2">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>60</v>
       </c>
       <c r="E26" s="2">
-        <v>1.32</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="27" spans="1:5" customHeight="1" ht="30">
       <c r="A27" s="2">
-        <v>389470</v>
+        <v>249420</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="2">
-        <v>150</v>
+        <v>399</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E27" s="2">
-        <v>1.29</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="28" spans="1:5" customHeight="1" ht="30">
       <c r="A28" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="2">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E28" s="2">
-        <v>1.2</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="29" spans="1:5" customHeight="1" ht="30">
-      <c r="A29" s="2">
-        <v>376900</v>
+      <c r="A29" s="2" t="s">
+        <v>66</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C29" s="2">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E29" s="2">
-        <v>1.09</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="30" spans="1:5" customHeight="1" ht="30">
       <c r="A30" s="2">
-        <v>456160</v>
+        <v>174900</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C30" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E30" s="2">
-        <v>0.87</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="31" spans="1:5" customHeight="1" ht="30">
       <c r="A31" s="2">
-        <v>491000</v>
+        <v>214450</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="2">
+        <v>30</v>
+      </c>
+      <c r="D31" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="C31" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="2">
-        <v>0.66</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="32" spans="1:5" customHeight="1" ht="30">
       <c r="A32" s="2">
-        <v>140410</v>
+        <v>318060</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="2">
-        <v>50</v>
+        <v>201</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E32" s="2">
-        <v>0.61</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="33" spans="1:5" customHeight="1" ht="30">
       <c r="A33" s="2">
-        <v>310210</v>
+        <v>290650</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="2">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E33" s="2">
-        <v>0.6</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="34" spans="1:5" customHeight="1" ht="30">
-      <c r="A34" s="2" t="s">
+      <c r="A34" s="2">
+        <v>347850</v>
+      </c>
+      <c r="B34" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="B34" s="2" t="s">
+      <c r="C34" s="2">
+        <v>99</v>
+      </c>
+      <c r="D34" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="C34" s="2">
-[...2 lines deleted...]
-      <c r="D34" s="2" t="s">
+      <c r="E34" s="2">
+        <v>0.79</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" customHeight="1" ht="30">
+      <c r="A35" s="2">
+        <v>140410</v>
+      </c>
+      <c r="B35" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="E34" s="2">
-[...4 lines deleted...]
-      <c r="A35" s="2" t="s">
+      <c r="C35" s="2">
+        <v>50</v>
+      </c>
+      <c r="D35" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="B35" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E35" s="2">
-        <v>0.34</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="36" spans="1:5" customHeight="1" ht="30">
       <c r="A36" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C36" s="2">
+        <v>300</v>
+      </c>
+      <c r="D36" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="B36" s="2" t="s">
+      <c r="E36" s="2">
+        <v>0.64</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" customHeight="1" ht="30">
+      <c r="A37" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="C36" s="2">
+      <c r="B37" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C37" s="2">
+        <v>200</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E37" s="2">
+        <v>0.59</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" customHeight="1" ht="30">
+      <c r="A38" s="2">
+        <v>475960</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C38" s="2">
         <v>100</v>
       </c>
-      <c r="D36" s="2" t="s">
-[...3 lines deleted...]
-        <v>0.33</v>
+      <c r="D38" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E38" s="2">
+        <v>0.55</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" customHeight="1" ht="30">
+      <c r="A39" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C39" s="2">
+        <v>98</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="E39" s="2">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" customHeight="1" ht="30">
+      <c r="A40" s="2">
+        <v>195940</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" s="2">
+        <v>102</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E40" s="2">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" customHeight="1" ht="30">
+      <c r="A41" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C41" s="2">
+        <v>203</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="E41" s="2">
+        <v>0.39</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" customHeight="1" ht="30">
+      <c r="A42" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C42" s="2">
+        <v>102</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="E42" s="2">
+        <v>0.32</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" customHeight="1" ht="30">
+      <c r="A43" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C43" s="2">
+        <v>99</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E43" s="2">
+        <v>0.18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>