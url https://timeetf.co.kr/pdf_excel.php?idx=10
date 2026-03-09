--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -12,464 +12,65 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
   <si>
     <t>종목코드</t>
   </si>
   <si>
     <t>종목명</t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>평가금액(원)</t>
   </si>
   <si>
     <t>비중(%)</t>
-  </si>
-[...397 lines deleted...]
-    <t>998,885</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
@@ -494,56 +95,53 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFd4d6de"/>
       </left>
       <right style="thin">
         <color rgb="FFd4d6de"/>
       </right>
       <top style="thin">
         <color rgb="FFd4d6de"/>
       </top>
       <bottom style="thin">
         <color rgb="FFd4d6de"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -809,862 +407,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E47"/>
+  <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E47"/>
+      <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="33">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:5" customHeight="1" ht="30">
-[...778 lines deleted...]
-    </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>