--- v1 (2026-03-09)
+++ v2 (2026-03-09)
@@ -12,65 +12,419 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>종목코드</t>
   </si>
   <si>
     <t>종목명</t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>평가금액(원)</t>
   </si>
   <si>
     <t>비중(%)</t>
+  </si>
+  <si>
+    <t>ACE 단기통안채</t>
+  </si>
+  <si>
+    <t>94,833,980</t>
+  </si>
+  <si>
+    <t>KIWOOM 통안채1년</t>
+  </si>
+  <si>
+    <t>75,579,980</t>
+  </si>
+  <si>
+    <t>메리츠 KAP 통안채 6개월 ETN</t>
+  </si>
+  <si>
+    <t>51,812,600</t>
+  </si>
+  <si>
+    <t>RISE 단기통안채</t>
+  </si>
+  <si>
+    <t>48,907,260</t>
+  </si>
+  <si>
+    <t>현금</t>
+  </si>
+  <si>
+    <t>43,254,512</t>
+  </si>
+  <si>
+    <t>NVDA US EQUITY</t>
+  </si>
+  <si>
+    <t>NVIDIA Corp</t>
+  </si>
+  <si>
+    <t>23,401,823</t>
+  </si>
+  <si>
+    <t>LITE US EQUITY</t>
+  </si>
+  <si>
+    <t>Lumentum Holdings Inc</t>
+  </si>
+  <si>
+    <t>17,538,087</t>
+  </si>
+  <si>
+    <t>SNDK US EQUITY</t>
+  </si>
+  <si>
+    <t>Sandisk Corp/DE</t>
+  </si>
+  <si>
+    <t>14,983,818</t>
+  </si>
+  <si>
+    <t>GOOGL US EQUITY</t>
+  </si>
+  <si>
+    <t>Alphabet Inc</t>
+  </si>
+  <si>
+    <t>14,732,409</t>
+  </si>
+  <si>
+    <t>TSM US EQUITY</t>
+  </si>
+  <si>
+    <t>Taiwan Semiconductor Manufacturing Co Ltd</t>
+  </si>
+  <si>
+    <t>13,683,869</t>
+  </si>
+  <si>
+    <t>AAPL US EQUITY</t>
+  </si>
+  <si>
+    <t>Apple Inc</t>
+  </si>
+  <si>
+    <t>13,091,068</t>
+  </si>
+  <si>
+    <t>BE US EQUITY</t>
+  </si>
+  <si>
+    <t>Bloom Energy Corp</t>
+  </si>
+  <si>
+    <t>12,332,775</t>
+  </si>
+  <si>
+    <t>CIEN US EQUITY</t>
+  </si>
+  <si>
+    <t>Ciena Corp</t>
+  </si>
+  <si>
+    <t>11,438,212</t>
+  </si>
+  <si>
+    <t>MU US EQUITY</t>
+  </si>
+  <si>
+    <t>Micron Technology Inc</t>
+  </si>
+  <si>
+    <t>8,860,538</t>
+  </si>
+  <si>
+    <t>GLW US EQUITY</t>
+  </si>
+  <si>
+    <t>Corning Inc</t>
+  </si>
+  <si>
+    <t>8,297,108</t>
+  </si>
+  <si>
+    <t>GEV US EQUITY</t>
+  </si>
+  <si>
+    <t>GE Vernova Inc</t>
+  </si>
+  <si>
+    <t>7,081,760</t>
+  </si>
+  <si>
+    <t>TMUS US EQUITY</t>
+  </si>
+  <si>
+    <t>T-Mobile US Inc</t>
+  </si>
+  <si>
+    <t>6,958,516</t>
+  </si>
+  <si>
+    <t>META US EQUITY</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc</t>
+  </si>
+  <si>
+    <t>6,750,716</t>
+  </si>
+  <si>
+    <t>CRCL US EQUITY</t>
+  </si>
+  <si>
+    <t>Circle Internet Group Inc</t>
+  </si>
+  <si>
+    <t>6,705,881</t>
+  </si>
+  <si>
+    <t>VRT US EQUITY</t>
+  </si>
+  <si>
+    <t>Vertiv Holdings Co</t>
+  </si>
+  <si>
+    <t>6,508,475</t>
+  </si>
+  <si>
+    <t>MSFT US EQUITY</t>
+  </si>
+  <si>
+    <t>Microsoft Corp</t>
+  </si>
+  <si>
+    <t>6,115,996</t>
+  </si>
+  <si>
+    <t>COST US EQUITY</t>
+  </si>
+  <si>
+    <t>Costco Wholesale Corp</t>
+  </si>
+  <si>
+    <t>5,970,634</t>
+  </si>
+  <si>
+    <t>TSLA US EQUITY</t>
+  </si>
+  <si>
+    <t>Tesla Inc</t>
+  </si>
+  <si>
+    <t>5,933,097</t>
+  </si>
+  <si>
+    <t>WDC US EQUITY</t>
+  </si>
+  <si>
+    <t>Western Digital Corp</t>
+  </si>
+  <si>
+    <t>5,868,342</t>
+  </si>
+  <si>
+    <t>ASML US EQUITY</t>
+  </si>
+  <si>
+    <t>ASML Holding NV</t>
+  </si>
+  <si>
+    <t>5,800,147</t>
+  </si>
+  <si>
+    <t>SIMO US EQUITY</t>
+  </si>
+  <si>
+    <t>Silicon Motion Technology Corp</t>
+  </si>
+  <si>
+    <t>5,663,757</t>
+  </si>
+  <si>
+    <t>BKR US EQUITY</t>
+  </si>
+  <si>
+    <t>Baker Hughes Co</t>
+  </si>
+  <si>
+    <t>5,366,751</t>
+  </si>
+  <si>
+    <t>CA13321L1085</t>
+  </si>
+  <si>
+    <t>Cameco Corp</t>
+  </si>
+  <si>
+    <t>5,248,846</t>
+  </si>
+  <si>
+    <t>FTAI US EQUITY</t>
+  </si>
+  <si>
+    <t>FTAI Aviation Ltd</t>
+  </si>
+  <si>
+    <t>5,061,594</t>
+  </si>
+  <si>
+    <t>AVGO US EQUITY</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>4,942,328</t>
+  </si>
+  <si>
+    <t>LLY US EQUITY</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>4,443,115</t>
+  </si>
+  <si>
+    <t>RKLB US EQUITY</t>
+  </si>
+  <si>
+    <t>Rocket Lab Corp</t>
+  </si>
+  <si>
+    <t>4,193,980</t>
+  </si>
+  <si>
+    <t>AMZN US EQUITY</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>3,826,266</t>
+  </si>
+  <si>
+    <t>NFLX US EQUITY</t>
+  </si>
+  <si>
+    <t>Netflix Inc</t>
+  </si>
+  <si>
+    <t>3,405,941</t>
+  </si>
+  <si>
+    <t>STX US EQUITY</t>
+  </si>
+  <si>
+    <t>Seagate Technology Holdings PLC</t>
+  </si>
+  <si>
+    <t>3,165,674</t>
+  </si>
+  <si>
+    <t>AXTI US EQUITY</t>
+  </si>
+  <si>
+    <t>AXT Inc</t>
+  </si>
+  <si>
+    <t>3,049,788</t>
+  </si>
+  <si>
+    <t>AMAT US EQUITY</t>
+  </si>
+  <si>
+    <t>Applied Materials Inc</t>
+  </si>
+  <si>
+    <t>2,913,892</t>
+  </si>
+  <si>
+    <t>COHR US EQUITY</t>
+  </si>
+  <si>
+    <t>Coherent Corp</t>
+  </si>
+  <si>
+    <t>2,820,154</t>
+  </si>
+  <si>
+    <t>LRCX US EQUITY</t>
+  </si>
+  <si>
+    <t>Lam Research Corp</t>
+  </si>
+  <si>
+    <t>2,682,882</t>
+  </si>
+  <si>
+    <t>TXN US EQUITY</t>
+  </si>
+  <si>
+    <t>Texas Instruments Inc</t>
+  </si>
+  <si>
+    <t>2,600,779</t>
+  </si>
+  <si>
+    <t>AMD US EQUITY</t>
+  </si>
+  <si>
+    <t>Advanced Micro Devices Inc</t>
+  </si>
+  <si>
+    <t>2,302,232</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
@@ -95,53 +449,56 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFd4d6de"/>
       </left>
       <right style="thin">
         <color rgb="FFd4d6de"/>
       </right>
       <top style="thin">
         <color rgb="FFd4d6de"/>
       </top>
       <bottom style="thin">
         <color rgb="FFd4d6de"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -407,80 +764,775 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1"/>
+  <dimension ref="A1:E42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E1"/>
+      <selection activeCell="A1" sqref="A1:E42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="33">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" customHeight="1" ht="30">
+      <c r="A2" s="2">
+        <v>190620</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2" s="2">
+        <v>941</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2" s="2">
+        <v>16.4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" customHeight="1" ht="30">
+      <c r="A3" s="2">
+        <v>122260</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="2">
+        <v>734</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" s="2">
+        <v>13.07</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" customHeight="1" ht="30">
+      <c r="A4" s="2">
+        <v>610064</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="2">
+        <v>952</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="2">
+        <v>8.96</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" customHeight="1" ht="30">
+      <c r="A5" s="2">
+        <v>196230</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="2">
+        <v>423</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="2">
+        <v>8.46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" customHeight="1" ht="30">
+      <c r="A6" s="2"/>
+      <c r="B6" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="2">
+        <v>7.48</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" customHeight="1" ht="30">
+      <c r="A7" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="2">
+        <v>88</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" s="2">
+        <v>4.05</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" customHeight="1" ht="30">
+      <c r="A8" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" s="2">
+        <v>21</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="2">
+        <v>3.03</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" customHeight="1" ht="30">
+      <c r="A9" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="2">
+        <v>19</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" s="2">
+        <v>2.59</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" customHeight="1" ht="30">
+      <c r="A10" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="2">
+        <v>33</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" s="2">
+        <v>2.55</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" customHeight="1" ht="30">
+      <c r="A11" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="2">
+        <v>27</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" s="2">
+        <v>2.37</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" customHeight="1" ht="30">
+      <c r="A12" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C12" s="2">
+        <v>34</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" s="2">
+        <v>2.26</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" customHeight="1" ht="30">
+      <c r="A13" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C13" s="2">
+        <v>61</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" s="2">
+        <v>2.13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" customHeight="1" ht="30">
+      <c r="A14" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="2">
+        <v>26</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" s="2">
+        <v>1.98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" customHeight="1" ht="30">
+      <c r="A15" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" s="2">
+        <v>16</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" s="2">
+        <v>1.53</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" customHeight="1" ht="30">
+      <c r="A16" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C16" s="2">
+        <v>45</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" s="2">
+        <v>1.44</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" customHeight="1" ht="30">
+      <c r="A17" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C17" s="2">
+        <v>6</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E17" s="2">
+        <v>1.23</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" customHeight="1" ht="30">
+      <c r="A18" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" s="2">
+        <v>21</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E18" s="2">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" customHeight="1" ht="30">
+      <c r="A19" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" s="2">
+        <v>7</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="2">
+        <v>1.17</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" customHeight="1" ht="30">
+      <c r="A20" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C20" s="2">
+        <v>44</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E20" s="2">
+        <v>1.16</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" customHeight="1" ht="30">
+      <c r="A21" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="2">
+        <v>18</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E21" s="2">
+        <v>1.13</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" customHeight="1" ht="30">
+      <c r="A22" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C22" s="2">
+        <v>10</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E22" s="2">
+        <v>1.06</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" customHeight="1" ht="30">
+      <c r="A23" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C23" s="2">
+        <v>4</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="E23" s="2">
+        <v>1.03</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" customHeight="1" ht="30">
+      <c r="A24" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C24" s="2">
+        <v>10</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E24" s="2">
+        <v>1.03</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" customHeight="1" ht="30">
+      <c r="A25" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C25" s="2">
+        <v>16</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E25" s="2">
+        <v>1.02</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" customHeight="1" ht="30">
+      <c r="A26" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C26" s="2">
+        <v>3</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E26" s="2">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" customHeight="1" ht="30">
+      <c r="A27" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="2">
+        <v>32</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" s="2">
+        <v>0.98</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" customHeight="1" ht="30">
+      <c r="A28" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C28" s="2">
+        <v>60</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E28" s="2">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" customHeight="1" ht="30">
+      <c r="A29" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C29" s="2">
+        <v>32</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E29" s="2">
+        <v>0.91</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" customHeight="1" ht="30">
+      <c r="A30" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C30" s="2">
+        <v>13</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E30" s="2">
+        <v>0.88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" customHeight="1" ht="30">
+      <c r="A31" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C31" s="2">
+        <v>10</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E31" s="2">
+        <v>0.86</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" customHeight="1" ht="30">
+      <c r="A32" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="2">
+        <v>3</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E32" s="2">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" customHeight="1" ht="30">
+      <c r="A33" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C33" s="2">
+        <v>40</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="E33" s="2">
+        <v>0.73</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" customHeight="1" ht="30">
+      <c r="A34" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C34" s="2">
+        <v>12</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="E34" s="2">
+        <v>0.66</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" customHeight="1" ht="30">
+      <c r="A35" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C35" s="2">
+        <v>23</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E35" s="2">
+        <v>0.59</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" customHeight="1" ht="30">
+      <c r="A36" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C36" s="2">
+        <v>6</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E36" s="2">
+        <v>0.55</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" customHeight="1" ht="30">
+      <c r="A37" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" s="2">
+        <v>63</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="E37" s="2">
+        <v>0.53</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" customHeight="1" ht="30">
+      <c r="A38" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C38" s="2">
+        <v>6</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E38" s="2">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" customHeight="1" ht="30">
+      <c r="A39" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" s="2">
+        <v>8</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="E39" s="2">
+        <v>0.49</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" customHeight="1" ht="30">
+      <c r="A40" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C40" s="2">
+        <v>9</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E40" s="2">
+        <v>0.46</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" customHeight="1" ht="30">
+      <c r="A41" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C41" s="2">
+        <v>9</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="E41" s="2">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" customHeight="1" ht="30">
+      <c r="A42" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C42" s="2">
+        <v>8</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E42" s="2">
+        <v>0.4</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>